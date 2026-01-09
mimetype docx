--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -1,4066 +1,3123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00AF26BB" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+    <w:p w:rsidR="00A853E3" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5772" w:firstLine="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Председателю комиссии </w:t>
       </w:r>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>по подготовке проекта правил землепользования</w:t>
       </w:r>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>и застройки города Ростова-на-Дону</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="006F7BD5" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006F7BD5" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5772" w:firstLine="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="006F7BD5" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006F7BD5" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5772" w:firstLine="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Васильеву В.В.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D45894">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="006F7BD5" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006F7BD5" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5772" w:firstLine="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="006F7BD5" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
-[...10 lines deleted...]
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="006F7BD5" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006F7BD5" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="225"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="00754F26" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006620BC" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="225"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006620BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о предоставлении разрешения на отклонение от предельных параметров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="006620BC" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="225"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006620BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрешенного строительства, реконструкции объектов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006620BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>капитального  строительства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006620BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в целях строительства объектов индивидуального жилищного строительства, садовых домов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006620BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="004058A9" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:pStyle w:val="msonormalcxspmiddle"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="00077E3F" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F51DEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Иванов Иван Иванович/ Общество с ограниченной ответственностью «Сигма»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(полное наименование юридического лица или Ф.И.О. физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИНН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>770897865</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_ КПП _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>987645678</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ ОГРН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10677564536766                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          (для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действующее на основании:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Устава;  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Положения; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(указать вид документа) ______, зарегистрированное __________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Межрайонной ИФНС № 46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кем и когда зарегистрировано юридическое лицо)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>по г. Москве 19.01.2006 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:ind w:right="-283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документ, подтверждающий государственную регистрацию юридического лица, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Свидетельство </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной регистрации юридического лица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>« 19 » января 2006 г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              (наименование и реквизиты документа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="225"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...11 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19» января 2006 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г.Межрайонной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИФНС № 46 по г. Москве 19.01.2006 г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     (когда и кем выдан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:ind w:right="-283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Реквизиты документа, удостоверяющего личность заявителя (представителя заявителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>паспорт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:ind w:right="-141"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>серия _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>60 00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_ номер _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>777777</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__ дата выдачи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">08.08.2008               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выдан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОВД Октябрьского р-на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г.Ростова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-на-Дону</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В лице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE33D0">
-[...37 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Иванова Иван Ивановича</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>действующего на основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий права (полномочия) представителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон (факс) заявителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>+7 988 </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00077E3F">
-[...27 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>888  88</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00BB5517">
-[...50 lines deleted...]
-    <w:p w:rsidR="00AF26BB" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 88</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон представителя заявителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>+7 988 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>888  88</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 88</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="225"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Местонахождение заявителя (для юридического лица) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г.Москва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, ул. Казакова д. 8, ст.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Место жительства (регистрации) заявителя (для физического лица) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г.Москва</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, ул. Курская,33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Почтовый адрес и (или) адрес электронной почты заявителя _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ivanov@mail.ru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(для направления уведомлений и результата предоставления муниципальной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="002E385F" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E0FB1">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Прошу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предоставить  разрешение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на отклонение от предельных параметров разрешенного строительства, реконструкции объектов капитального строительства в целях строительства объектов индивидуального жилищного строительства или садовых домов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E0FB1">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Прошу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предоставить  разрешение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  на отклонение от предельных параметров разрешенного строительства, реконструкции объектов капитального строительства, так как являюсь правообладателем земельного участка, размер которого меньше установленных градостроительным регламентом минимальных размеров земельных участков в целях строительства объектов индивидуального жилищного строительства или садовых домов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00CF3294" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="002E385F" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F7BD5">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Прошу предоставить разрешение на отклонение от предельных параметров разрешенного строительства, реконструкции объектов капитального строительства, так как являюсь правообладателем земельного участка, конфигурация, инженерно-геологические или </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>КПП  _</w:t>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>иные характеристики</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых неблагоприятны для застройки в целях строительства объектов индивидуального жилищного строительства или садовых домов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="002E385F" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...87 lines deleted...]
-          <w:szCs w:val="36"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E0FB1">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F7BD5">
-[...1138 lines deleted...]
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="00380B33" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Прошу предоставить разрешение на отклонение от предельных параметров разрешенного строительства, реконструкции объектов    капитального строительства в целях однократного изменения одного или нескольких предельных параметров разрешенного строительства, реконструкции объектов капитального строительства, установленных градостроительным регламентом для конкретной территориальной зоны, не более чем на десять процентов в целях строительства объектов индивидуального жилищного строительства или садовых домов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00380B33" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...17 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00380B33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B5211">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B5211">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B5211">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> части </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>увеличения высоты здания с 10 м до 12м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4711A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
       <w:r w:rsidRPr="00380B33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="002E385F" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:line="216" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00380B33">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> разрешение на отклонение от предельных параметров</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E385F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование предельных параметров разрешенного строительства)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">земельного участка с кадастровым номером </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>61:44:00000000:555</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="000A1350" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расположенного по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00380B33">
-[...7 lines deleted...]
-        <w:t>разрешенного    строительства,    реконструкции    объектов    капитального</w:t>
+      <w:r w:rsidRPr="00E52D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г. Рост</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ов-на-Дону, пер. Суздальский, 23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00F13AE8" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>указывается полный адрес: область, муниципальное образование, район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00380B33">
-[...12 lines deleted...]
-        <w:keepNext w:val="0"/>
+      <w:r w:rsidRPr="00F13AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>населенный пункт, улица, номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и (или) объекта капитального строительства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Индивидуальное жилищное строительство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с кадастровым номером </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>61:44:00000000:000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расположенного по адресу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F13AE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52D44">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>г. Ростов-на-Дону, пер. Суздальский, 23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B6683E" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6683E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(указывается полный адрес: область, муниципальное образование, район,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6683E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>населенный пункт, улица, дом, корпус, строение)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обязуюсь, как заинтересованное лицо нести расходы, связанные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с организацией и проведением общественных обсуждений по вопросу предоставления  разрешения на отклонение от предельных параметров разрешенного строительства, реконструкции объектов капитального строительства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(не  приводится в отношении заявителей, обратившихся в целях однократного изменения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>одного или нескольких предельных параметров разрешенного строительства, реконструкции объектов капитального строительства, установленных градостроительным регламентом для конкретной территориальной зоны, не более чем на десять процентов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603962">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00603962">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00603962">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00754F26" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:keepNext w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Результат муниципальной услуги прошу предоставить (напротив необходимого пункта поставить значок V):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00754F26" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...121 lines deleted...]
-        <w:keepNext w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□ – в виде бумажного документа посредством почтового отправления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00754F26" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:keepNext w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V – в виде бумажного документа при личном обращении по месту сдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00754F26" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...133 lines deleted...]
-        <w:keepNext w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ – в виде электронного документа посредством Портала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...930 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□ – в виде электронного документа посредством электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00754F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F7BD5">
-[...14 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не возражаю против получения результата предоставления муниципальной услуги в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тношении несовершеннолетнего, оформленного в виде документа на бумажном носителе, законным представителем несовершеннолетнего, не являющимся заявителем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...31 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ф.И.О., реквизиты документа, удостоверяющего личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Подтверждаю свое согласие, а также согласие представляемого мной лица, на обработку персональных данных (сбор, систематизацию, накопление, хранение, уточнение (обновление, изменение), использование, распространение (в том числе передачу), обезличивание, блокирование, уничтожение персональных данных, а  также иные действия, необходимые для обработки персональных данных в рамках предоставления муниципальной услуги), в том числе в автоматизированном режиме, включая  принятие решений на их основе, в целях предоставления муниципальной услуги_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Достоверность и полноту сведений подтверждаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Документы прилагаются &lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>--------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9639"/>
+        </w:tabs>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006F7BD5">
-[...4 lines deleted...]
-        <w:t>госуслуг</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Иванов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006F7BD5">
-[...13 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В.В.     ____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        __</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...31 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      (Ф.И.О.  заявителя (представителя </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявителя)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...105 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_»_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;*&gt; При отправке по почте заявление и пакет документов направляются в адрес Департамента архитектуры и градостроительства города Ростова-на-Дону почтовым отправлением с описью вложения. В описи указывается: наименование документа, номер и дата выдачи, количество листов, оригинал или копия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00B81BD2" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> --------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF26BB" w:rsidRPr="00095628" w:rsidRDefault="00AF26BB" w:rsidP="00AF26BB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A853E3" w:rsidRPr="00391BA6" w:rsidRDefault="00A853E3" w:rsidP="00A853E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-        <w:t>&lt;*</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;*&gt; При отправке по </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00095628">
-[...4 lines deleted...]
-        <w:t>&gt;  При</w:t>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>почте  документы</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00095628">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">отправлением   с   описью   вложения.  </w:t>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  направляются в адрес Департамента архитектуры    и   градостроительства   города   Ростова-на-Дону   почтовым отправлением   с   описью   вложения.  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00095628">
-        <w:rPr>
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В  описи</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00095628">
-[...126 lines deleted...]
-    <w:sectPr w:rsidR="005477B3" w:rsidRPr="00AF26BB" w:rsidSect="00AF26BB">
+      <w:r w:rsidRPr="00B81BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  указывается:  наименование документа, номер и дата выдачи, количество листов, оригинал или копия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00143955" w:rsidRDefault="00143955"/>
+    <w:sectPr w:rsidR="00143955">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="567" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...289 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="100"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005277BE"/>
-[...42 lines deleted...]
-    <w:rsid w:val="00FB0D53"/>
+    <w:rsidRoot w:val="00A853E3"/>
+    <w:rsid w:val="00143955"/>
+    <w:rsid w:val="00A853E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="158D1146"/>
-  <w15:docId w15:val="{5FDFF7DA-28B6-444E-ABE2-12A9158A5EAF}"/>
+  <w14:docId w14:val="7000CB6E"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{E62A1068-A48B-46CD-9FD3-A76A6B887D10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4175,51 +3232,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4396,569 +3453,433 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005277BE"/>
+    <w:rsid w:val="00A853E3"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...96 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
     <w:name w:val="ConsPlusNonformat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00845593"/>
+    <w:rsid w:val="00A853E3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Calibri" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-[...1 lines deleted...]
-    <w:rsid w:val="009460E3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:rsid w:val="00A853E3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="400"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormalcxspmiddle">
     <w:name w:val="msonormalcxspmiddle"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009460E3"/>
+    <w:rsid w:val="00A853E3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...20 lines deleted...]
-      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1087</Words>
-  <Characters>6198</Characters>
+  <Words>1194</Words>
+  <Characters>6809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7271</CharactersWithSpaces>
+  <CharactersWithSpaces>7988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Khudoverduan_T</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Бендусов И.Г.</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>